--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\owner\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\owner\Desktop\HP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62F2AE7D-0708-4C46-B86F-C69109F02841}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68C56F37-3B5F-434B-B389-A2C53EDF71C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="12220" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-90" yWindow="0" windowWidth="9780" windowHeight="12090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="申込用紙" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">申込用紙!$B$1:$K$41</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -419,85 +419,50 @@
       <t>カイチョウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>オオセ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>リョウイチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>:アオモリケンバレーボールキョウカイ カイチョウ オオセリョウイチ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>申込期限</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キゲン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>第１回目　11月24日(日）</t>
-[...33 lines deleted...]
-  <si>
     <t>★お申込み、お問い合わせ先</t>
     <rPh sb="2" eb="3">
       <t>モウ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>コ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ト</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ア</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>サキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>サイズ目安</t>
     <rPh sb="3" eb="5">
       <t>メヤス</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -534,59 +499,100 @@
     </rPh>
     <rPh sb="6" eb="8">
       <t>サイド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>メールでご注文の場合、ファイル名を学校などに変更して下さい。</t>
     <rPh sb="5" eb="7">
       <t>チュウモン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>バアイ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>メイ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ガッコウ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="26" eb="27">
       <t>クダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>第2回目　令和8年1月23日(金）</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カイメ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>レイワ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ニチ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>キン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　お引渡し予定2月下旬</t>
+    <rPh sb="2" eb="4">
+      <t>ヒキワタ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ゲジュン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13">
+  <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
@@ -636,50 +642,57 @@
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="1"/>
       <name val="HGP創英角ｺﾞｼｯｸUB"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="HGPｺﾞｼｯｸM"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="HGPｺﾞｼｯｸM"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1063,51 +1076,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1122,50 +1135,51 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
@@ -1233,51 +1247,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
@@ -1719,97 +1733,97 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBC343E5-123D-40E0-AF15-8BFE3FBC6DFB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:U42"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B1" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N37" sqref="N37"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G45" sqref="G45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18"/>
   <cols>
     <col min="2" max="2" width="12.25" customWidth="1"/>
     <col min="3" max="9" width="6.75" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="18" customHeight="1">
-      <c r="B1" s="37" t="s">
+      <c r="B1" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="C1" s="37"/>
-[...7 lines deleted...]
-      <c r="K1" s="37"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+      <c r="H1" s="38"/>
+      <c r="I1" s="38"/>
+      <c r="J1" s="38"/>
+      <c r="K1" s="38"/>
     </row>
     <row r="2" spans="2:21" ht="18" customHeight="1">
-      <c r="B2" s="37"/>
-[...8 lines deleted...]
-      <c r="K2" s="37"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
     </row>
     <row r="3" spans="2:21" ht="18" customHeight="1">
-      <c r="B3" s="37"/>
-[...8 lines deleted...]
-      <c r="K3" s="37"/>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="38"/>
+      <c r="F3" s="38"/>
+      <c r="G3" s="38"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
     </row>
     <row r="5" spans="2:21">
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="21"/>
       <c r="Q5" s="21"/>
       <c r="R5" s="21"/>
       <c r="S5" s="21"/>
       <c r="T5" s="21"/>
       <c r="U5" s="21"/>
     </row>
     <row r="6" spans="2:21">
       <c r="N6" s="21"/>
       <c r="O6" s="21"/>
       <c r="P6" s="21"/>
       <c r="Q6" s="21"/>
       <c r="R6" s="21"/>
       <c r="S6" s="21"/>
       <c r="T6" s="21"/>
       <c r="U6" s="21"/>
     </row>
     <row r="7" spans="2:21">
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="22"/>
@@ -1961,323 +1975,323 @@
       <c r="K16" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="2:11" ht="18.5" thickBot="1">
       <c r="B17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="26"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="25">
         <f>SUM(C17:I17)</f>
         <v>0</v>
       </c>
       <c r="K17" s="9">
         <f>J17*4000</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:11">
-      <c r="B18" s="44" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="35" t="s">
+      <c r="B18" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="J18" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="K18" s="36"/>
+      <c r="K18" s="37"/>
     </row>
     <row r="19" spans="2:11" ht="21.75" customHeight="1" thickBot="1">
-      <c r="B19" s="45"/>
-      <c r="J19" s="47">
+      <c r="B19" s="46"/>
+      <c r="J19" s="48">
         <f>K13+K15+K17</f>
         <v>0</v>
       </c>
-      <c r="K19" s="48"/>
+      <c r="K19" s="49"/>
     </row>
     <row r="20" spans="2:11">
       <c r="B20" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="2:11">
       <c r="B21" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="2:11" ht="18.5" thickBot="1">
       <c r="B22" s="14" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="2:11">
-      <c r="B23" s="38" t="s">
+      <c r="B23" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="C23" s="39"/>
-[...7 lines deleted...]
-      <c r="K23" s="51"/>
+      <c r="C23" s="40"/>
+      <c r="D23" s="50"/>
+      <c r="E23" s="51"/>
+      <c r="F23" s="51"/>
+      <c r="G23" s="51"/>
+      <c r="H23" s="51"/>
+      <c r="I23" s="51"/>
+      <c r="J23" s="51"/>
+      <c r="K23" s="52"/>
     </row>
     <row r="24" spans="2:11">
-      <c r="B24" s="40"/>
-[...8 lines deleted...]
-      <c r="K24" s="34"/>
+      <c r="B24" s="41"/>
+      <c r="C24" s="42"/>
+      <c r="D24" s="53"/>
+      <c r="E24" s="54"/>
+      <c r="F24" s="54"/>
+      <c r="G24" s="54"/>
+      <c r="H24" s="54"/>
+      <c r="I24" s="54"/>
+      <c r="J24" s="54"/>
+      <c r="K24" s="35"/>
     </row>
     <row r="25" spans="2:11">
-      <c r="B25" s="42" t="s">
+      <c r="B25" s="43" t="s">
         <v>17</v>
       </c>
-      <c r="C25" s="43"/>
-[...7 lines deleted...]
-      <c r="K25" s="33" t="s">
+      <c r="C25" s="44"/>
+      <c r="D25" s="55"/>
+      <c r="E25" s="56"/>
+      <c r="F25" s="56"/>
+      <c r="G25" s="56"/>
+      <c r="H25" s="56"/>
+      <c r="I25" s="56"/>
+      <c r="J25" s="56"/>
+      <c r="K25" s="34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="2:11">
-      <c r="B26" s="40"/>
-[...8 lines deleted...]
-      <c r="K26" s="34"/>
+      <c r="B26" s="41"/>
+      <c r="C26" s="42"/>
+      <c r="D26" s="53"/>
+      <c r="E26" s="54"/>
+      <c r="F26" s="54"/>
+      <c r="G26" s="54"/>
+      <c r="H26" s="54"/>
+      <c r="I26" s="54"/>
+      <c r="J26" s="54"/>
+      <c r="K26" s="35"/>
     </row>
     <row r="27" spans="2:11">
-      <c r="B27" s="29" t="s">
+      <c r="B27" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="C27" s="30"/>
-[...7 lines deleted...]
-      <c r="K27" s="33"/>
+      <c r="C27" s="31"/>
+      <c r="D27" s="55"/>
+      <c r="E27" s="56"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="56"/>
+      <c r="H27" s="56"/>
+      <c r="I27" s="56"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="34"/>
     </row>
     <row r="28" spans="2:11" ht="18.5" thickBot="1">
-      <c r="B28" s="31"/>
-[...8 lines deleted...]
-      <c r="K28" s="58"/>
+      <c r="B28" s="32"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="58"/>
+      <c r="F28" s="58"/>
+      <c r="G28" s="58"/>
+      <c r="H28" s="58"/>
+      <c r="I28" s="58"/>
+      <c r="J28" s="58"/>
+      <c r="K28" s="59"/>
     </row>
     <row r="29" spans="2:11">
       <c r="B29" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C29" s="63" t="s">
+      <c r="C29" s="64" t="s">
         <v>21</v>
       </c>
-      <c r="D29" s="63"/>
-[...6 lines deleted...]
-      <c r="K29" s="64"/>
+      <c r="D29" s="64"/>
+      <c r="E29" s="64"/>
+      <c r="F29" s="64"/>
+      <c r="G29" s="64"/>
+      <c r="H29" s="64"/>
+      <c r="I29" s="64"/>
+      <c r="J29" s="64"/>
+      <c r="K29" s="65"/>
     </row>
     <row r="30" spans="2:11">
       <c r="B30" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="C30" s="59"/>
-[...7 lines deleted...]
-      <c r="K30" s="60"/>
+      <c r="C30" s="60"/>
+      <c r="D30" s="60"/>
+      <c r="E30" s="60"/>
+      <c r="F30" s="60"/>
+      <c r="G30" s="60"/>
+      <c r="H30" s="60"/>
+      <c r="I30" s="60"/>
+      <c r="J30" s="60"/>
+      <c r="K30" s="61"/>
     </row>
     <row r="31" spans="2:11">
       <c r="B31" s="12"/>
-      <c r="C31" s="59"/>
-[...7 lines deleted...]
-      <c r="K31" s="60"/>
+      <c r="C31" s="60"/>
+      <c r="D31" s="60"/>
+      <c r="E31" s="60"/>
+      <c r="F31" s="60"/>
+      <c r="G31" s="60"/>
+      <c r="H31" s="60"/>
+      <c r="I31" s="60"/>
+      <c r="J31" s="60"/>
+      <c r="K31" s="61"/>
     </row>
     <row r="32" spans="2:11" ht="18.5" thickBot="1">
       <c r="B32" s="11"/>
-      <c r="C32" s="61"/>
-[...7 lines deleted...]
-      <c r="K32" s="62"/>
+      <c r="C32" s="62"/>
+      <c r="D32" s="62"/>
+      <c r="E32" s="62"/>
+      <c r="F32" s="62"/>
+      <c r="G32" s="62"/>
+      <c r="H32" s="62"/>
+      <c r="I32" s="62"/>
+      <c r="J32" s="62"/>
+      <c r="K32" s="63"/>
     </row>
     <row r="33" spans="2:11">
-      <c r="B33" s="65" t="s">
-        <v>46</v>
+      <c r="B33" s="28" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="2:11">
-      <c r="B34" s="65" t="s">
+      <c r="B34" s="28" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="2:11">
-      <c r="B35" s="65" t="s">
+      <c r="B35" s="28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="2:11">
-      <c r="B36" s="65" t="s">
+      <c r="B36" s="28" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="16" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="17" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="17" t="s">
         <v>38</v>
       </c>
       <c r="J36" s="18"/>
       <c r="K36" s="18"/>
     </row>
     <row r="37" spans="2:11">
-      <c r="B37" s="65" t="s">
+      <c r="B37" s="28" t="s">
         <v>30</v>
       </c>
       <c r="G37" s="18"/>
       <c r="H37" s="17" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="17" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="18"/>
       <c r="K37" s="18"/>
     </row>
     <row r="38" spans="2:11">
-      <c r="B38" s="65" t="s">
-        <v>51</v>
+      <c r="B38" s="28" t="s">
+        <v>49</v>
       </c>
       <c r="G38" s="18"/>
       <c r="H38" s="17"/>
       <c r="I38" s="17"/>
       <c r="J38" s="18"/>
       <c r="K38" s="18"/>
     </row>
     <row r="39" spans="2:11">
       <c r="B39" s="19" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20"/>
       <c r="D39" s="23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G39" s="18"/>
       <c r="H39" s="17" t="s">
         <v>35</v>
       </c>
       <c r="I39" s="17" t="s">
         <v>40</v>
       </c>
       <c r="J39" s="18"/>
       <c r="K39" s="18"/>
     </row>
     <row r="40" spans="2:11">
-      <c r="B40" s="19" t="s">
-        <v>44</v>
+      <c r="B40" s="66" t="s">
+        <v>50</v>
       </c>
       <c r="C40" s="20"/>
       <c r="D40" s="24" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G40" s="18"/>
       <c r="H40" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="I40" s="46" t="s">
+      <c r="I40" s="47" t="s">
         <v>41</v>
       </c>
-      <c r="J40" s="46"/>
-      <c r="K40" s="46"/>
+      <c r="J40" s="47"/>
+      <c r="K40" s="47"/>
     </row>
     <row r="41" spans="2:11">
       <c r="B41" s="19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C41" s="20"/>
       <c r="D41" s="24" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G41" s="18"/>
       <c r="H41" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="I41" s="28" t="s">
+      <c r="I41" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="J41" s="28"/>
-      <c r="K41" s="28"/>
+      <c r="J41" s="29"/>
+      <c r="K41" s="29"/>
     </row>
     <row r="42" spans="2:11">
       <c r="B42" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="I41:K41"/>
     <mergeCell ref="B27:C28"/>
     <mergeCell ref="K25:K26"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="B1:K3"/>
     <mergeCell ref="B23:C24"/>
     <mergeCell ref="B25:C26"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="I40:K40"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="D23:K24"/>
     <mergeCell ref="D25:J26"/>
     <mergeCell ref="D27:K28"/>
     <mergeCell ref="C30:K32"/>
     <mergeCell ref="C29:K29"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>